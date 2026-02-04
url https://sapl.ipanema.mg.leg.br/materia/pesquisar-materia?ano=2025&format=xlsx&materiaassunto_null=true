--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="768" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="367">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -399,458 +399,452 @@
   <si>
     <t>142</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/142/pl_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos abandonados em logradouros públicos do Município de Ipanema e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/152/pl_n_28-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Ipanema/MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
-    <t>139</t>
+    <t>59</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Institui o programa de regularização fiscal proref 2025</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/60/plc_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera tabela de vencimentos dos planos de Carreira que menciona, para fins de cumprimento do Piso Minimo dos Agentes Comunitários de Saúde e Agentes de Endemias</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/98/plc_n_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera  aLei Municipal nº 1.042/95 e a Lei Complementar nº 1.444/2013, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/109/plc_no_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.042/95 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/110/plc_no_05_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a destinação e rateio dos honorários advocatícios sucumbenciais percebidos em favor dos Advogados Públicos e Procuradores Municipais de Ipanema-MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/141/plc_n_06-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 001/2015, que institui o Código Tributário Municipal de Ipanema/MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/143/plc_n_07-2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargos que mensiona, acresce número de vagas para os cargos que menciona, para fins de atendimento do Abrigo Institucional Municipal, instituído pela Lei Municipal nº1.761/2024, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>PRDEC</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/67/pdl_n_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede título de Honra ao Mérito ao Ilmo. Sr. José Maria de Carvalho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/78/pdl_no_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Concede título de Cidadão Honorário ao Ilmo. Pastor Ronaldo Lizardo, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/113/pdl_no_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário ao Exmo. Soldado da Polícia Militar, Adolfo Victor de Leles Santos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>Alex Rodrigues Cardoso, Alexander da Costa, Arnaldo da Cunha, Cristiane Lopes Guerra Tavares, Dayvison da Costa Breder, Diego Almeida Rosa Lacerda, Erin Dias dos Santos, Jeferson Garcia Ribeiro Abdala, Marcos Vinícius Costa da Silva, Marlúcio de Oliveira Carvalho, Rafael Victor da Silva Pereira</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/118/pdl_no_05_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário ao Exmo. 2º Ten. PMMG Gilberto Lopes Barbosa, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>PRORE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Alex Rodrigues Cardoso, Cristiane Lopes Guerra Tavares, Marlúcio de Oliveira Carvalho</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/65/resolucao_01_2025.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia as Comissões Permanentes da Câmara Municipal de Ipanema para vigorar no biênio de 2025/2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/88/pr_n_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui Comissão Especial de Estudo com a finalidade de Proceder à análise e a revisão do Regimento Interno da Câmara Municipal de Ipanema/MG e da Lei Orgânica do Município de Ipanema e dá outras providências.</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/93/pr_no_03_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede licença para o Prefeito Municipal a viajar ao exterior, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Altera a resolução nº 008/2022</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/131/pr_n_05-2025.pdf</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/146/escola_do_legislativo_-_resolucao_06-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Escola do Legislativo no âmbito da Câmara Municipal de Ipanema/MG e dá outras providências</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_resolucao_007-2025_-_altera_o_regimento_interno.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA, INCLUI, ACRESCENTA E RENUMERA OS DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE IPANEMA/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_08-2025_-_cria_cargos_de_provimento_em_comissao_de_assessor_de_gabinete_de_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>CRIA CARGOS DE PROVIMENTO EM COMISSÃO DE ASSESSOR DE GABINETE DE VEREADOR NO ÂMBITO DA CÂMARA MUNICIPAL DE IPANEMA/MG E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer uma Audiência Pública nas dependências da Câmara Municipal de Ipanema, convidando a sociedade cívil, comerciantes, motoboys e entregadores.</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ri_no03_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações acerca dos serviços médicos atualmente prestados no Município de Ipanema/MG, especificadamente.</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>PEDPR</t>
+  </si>
+  <si>
+    <t>Pedido de Providência</t>
+  </si>
+  <si>
+    <t>Marlúcio de Oliveira Carvalho</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencia_01_2025.pdf</t>
+  </si>
+  <si>
+    <t>"Calçamento nas ruas 1, 2, 3 e 4 no Loteamento Zé Renato".</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Cristiane Lopes Guerra Tavares</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencia_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja analisado a viabilidade colocar redutores de velocidade na Rua Antônio Olívio Rodrigues e colocar esta mesma rua em mão única.</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencia_03_2025.pdf</t>
+  </si>
+  <si>
+    <t>Viabilidade de que seja feito um quebra-molas em frente à entrada principal da Escola Municipal Nilo Moraes Pinheiro.</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Diego Almeida Rosa Lacerda</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencia_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja colocado uma placa de PARE no cruzamento da rua Vicente Faustino com a Avenida Minas Gerais, próximo a Madeira Móveis</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencai_05_2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja feito o reparo da Boca de Lobo que se encontra sem a grade na rua Padre Cândido, em frente ao nº 252.</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/72/pp_006.pdf</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade do Caminhão da Coleta de lixo passa nas ruas do Loteamento Zé Renato, próximo à Vila Cândida (Vila do Belinho) pelo menos duas vezes na semana.</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/73/pp_007.pdf</t>
+  </si>
+  <si>
+    <t>Seja feito o reparo em um buraco que se formou na Rua Mary Nicolato, próximo ao nº 70</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>"Que seja feito um reparo em um buraco próximo ao nº 85 da Rua General Osório e sobre a varrição da mesma rua."</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/76/pp_09_2025.pdf</t>
+  </si>
+  <si>
+    <t>"Que seja vista a possibilidade de ser feito um muro de arrimo na Rua da Adutora em frente ao nº16."</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/77/pp_10_2025.pdf</t>
+  </si>
+  <si>
+    <t>"Que seja colocadas lâmpadas em alguns postes de iluminação e que seja feita a troca das lâmpadas que estão queimadas na rua Dezesseis, Bairro Victor Hugo"</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Que seja vista a possibilidade de que seja feito dois redutos de velocidade em frente ao Salão do Em Vida na Rua João Tremenzaque.</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/81/pp_12_2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade de fazer a revitalização das faixas de pedestres do município, principalmente próximo as escolas municipais.</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/85/pp_no13_2025.pdf</t>
+  </si>
+  <si>
+    <t>Possibilidade de colocar uma nova lixeira na rua Dr. Justiniano em frente ao nº 135</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/86/pp_no14_2025.pdf</t>
+  </si>
+  <si>
+    <t>Possibilidade de ser feita a manutenção da ponte no Córrego Ariranha, KM 11, na estrada vicinal que dá acesso ao Córrego do Mexerico</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/90/pp_no_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja realizado um estudo técnico detalhadno visando à implantação de estacionamento em ângulo de 45 graus na Edwaldo Miranda, no treco entre a Escola Municipal Maria Siqueira e a portaria do estádio Elson Barbosa. Ademais, solicita a Reforma completa da calçada neste mesmo trecho</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/91/pp_no_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja vista a possibilidade ser feita uma manutenção definitiva no calçamento da Rua Duque de Caxias, próximo ao nº 560, em frente a Eletropaz.</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Alexander da Costa</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/92/pp_no_17-2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade de ser feita o patrolamento das estradas dos Córregos Bananeira, Laranjeira, São Bento, Santa Constância, Boa Esperança e Goiás.</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade de ser colocado um quebra-molas na rua Monsenhor Antônio Vieira Coelho, próximo ao nº 280</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/96/pp_no_19-2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade que o caminhão de coleta de lixo possa estar passando com mais frequência na rua Genuíno Magalhães Filho, próximo a entrada do Parque Ecológico Municipal de Ipanema</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/97/pp_no_20-2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja vista a possibilidade de trocar lâmpadas de iluminação para LED das rua 8, 9 e rua das Rosas no bairro Victor Hugo e uma limpeza em todas as ruas do bairro</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>testesaffdasdrawerf</t>
-[...400 lines deleted...]
-  <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/100/pp_no_21-2025.pdf</t>
   </si>
   <si>
     <t>Seja vista a possibilidade de colocar um passador de boi (Bueiro) em frente a propriedade do Sr. Expedito no Córrego Santa Constância.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/101/pp_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Seja vista a possibilidade de colocar uma pessoa responsável ou deixar aberta a Quadra Poliesportiva do Córrego Santa Constância.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/112/pp_no_23_2025.pdf</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura Mun. de Ipanema, coloque uma placa com os dizeres: "PROIBIDO SOM AUTOMOTIVO", em frente o Terminal Rodoviário de Ipanema-MG, e que oficie a Polícia Militar para coibir o uso dos carros de som no referido local.</t>
   </si>
   <si>
     <t>102</t>
@@ -1027,50 +1021,89 @@
     <t>Seja colocado dois semáforos: Um no cruzamento das Ruas Dr. Jardyr Silva e Emiliano Franklin e o outro no Cruzamento das Ruas Arthur Bernardes e Emiliano Franklin, próximo ao Posto do Rone</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/140/pp_no_41_2025.pdf</t>
   </si>
   <si>
     <t>Que seja tomada uma providência em relação aos cabos inservíveis de telefonia e internet que se encontram sem uso nos postes do município.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/145/pp_no_042_2025.pdf</t>
   </si>
   <si>
     <t>Seja colocado uma placa de PARE no cruzamento da rua Vicente Faustino com a Avenida Minas Gerais (Madeira Móveis)</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/153/pp_no43_2025.pdf</t>
+  </si>
+  <si>
+    <t>Seja tomada uma providência em relação a ponte no Córrego Ponte de Pedra, próxmo ao Clube Recreativo Ipanemense Nilo Nunes Vieira.</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/154/pp_no44_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que seja patrolado e seja jogada escória nas estradas do Córrego dos Bernardes</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>Pede Moção de Aplausos à Ilma. Sra. Alessandra Vieira Alkmin, pelos relevantes serviços prestados a nossa comunidade.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/144/emenda_modificativa_012025.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PRJEOT DE LEI ORDINÁRIA Nº27/2025, QUE DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS ABANDONADOS EM LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE IPANEMA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_emenda_a_lei_orcamentaria_anual_-_exercicio_2026.pdf</t>
   </si>
   <si>
     <t>Altera o orçamento do Poder Legislativo Municipal para criar e incluir na Lei Orçamentária Anual a ação/dotação “01.122.0001.2004 – Manutenção da Escola Legislativa, no valor de R$ 30.000,00”, mediante redução da ação/dotação 1001 – Ampliação Ref. Domínio Patrimonial, mantendo-se inalterado o total do orçamento geral do Legislativo.</t>
   </si>
@@ -1425,56 +1458,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/57/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/58/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/69/pl_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/70/pl_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/71/pl_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/74/pl_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/79/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/82/pl_n_09-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/83/pl_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/84/pl_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/87/pl_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/105/pl_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/106/pl_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/107/pl_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_16-2025_nomeacao_quadra_poliesportiva_do_prque_ecologico_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/111/pl_17_2025_reajuste_educacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/116/pl_no_18_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/124/pl_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/125/pl_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/132/pl_n_21-2025-2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/133/pl_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_no_23_-_2025_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no_24_-_2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/135/pl_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/136/pl_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/142/pl_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/152/pl_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/60/plc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/98/plc_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/109/plc_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/110/plc_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/141/plc_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/143/plc_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/67/pdl_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/78/pdl_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/113/pdl_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/118/pdl_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/65/resolucao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/88/pr_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/93/pr_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/131/pr_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/146/escola_do_legislativo_-_resolucao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_resolucao_007-2025_-_altera_o_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_08-2025_-_cria_cargos_de_provimento_em_comissao_de_assessor_de_gabinete_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_02_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ri_no03_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencia_01_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencia_02_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencia_03_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencia_04_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencai_05_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/72/pp_006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/73/pp_007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/76/pp_09_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/77/pp_10_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/81/pp_12_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/85/pp_no13_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/86/pp_no14_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/90/pp_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/91/pp_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/92/pp_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/96/pp_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/97/pp_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/100/pp_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/101/pp_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/112/pp_no_23_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/102/pp_no_24_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/103/pp_no_25_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/114/pp_no_26_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/115/pp_no_27_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/119/pp_no_28_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/120/pp_no_29_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/121/pp_no_30_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/122/pp_no_31_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/123/pp_no_32_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/126/pp_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/128/pp_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/129/pp_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/130/pp_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/134/pp_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/137/pp_no_40_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/140/pp_no_41_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/145/pp_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/144/emenda_modificativa_012025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_emenda_a_lei_orcamentaria_anual_-_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/99/emenda_sup._01-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/57/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/58/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/69/pl_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/70/pl_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/71/pl_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/74/pl_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/79/pl_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/82/pl_n_09-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/83/pl_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/84/pl_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/87/pl_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/105/pl_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/106/pl_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/107/pl_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/108/projeto_de_lei_no_16-2025_nomeacao_quadra_poliesportiva_do_prque_ecologico_municipal.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/111/pl_17_2025_reajuste_educacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/116/pl_no_18_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/124/pl_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/125/pl_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/132/pl_n_21-2025-2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/133/pl_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_no_23_-_2025_loa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no_24_-_2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/135/pl_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/136/pl_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/142/pl_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/152/pl_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/60/plc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/98/plc_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/109/plc_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/110/plc_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/141/plc_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/143/plc_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/67/pdl_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/78/pdl_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/113/pdl_no_04_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/118/pdl_no_05_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/65/resolucao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/88/pr_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/93/pr_no_03_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/131/pr_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/146/escola_do_legislativo_-_resolucao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_resolucao_007-2025_-_altera_o_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_resolucao_08-2025_-_cria_cargos_de_provimento_em_comissao_de_assessor_de_gabinete_de_vereadores.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_02_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ri_no03_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/61/pedido_de_providencia_01_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/62/pedido_de_providencia_02_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/68/pedido_de_providencia_03_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/63/pedido_de_providencia_04_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/64/pedido_de_providencai_05_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/72/pp_006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/73/pp_007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/76/pp_09_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/77/pp_10_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/81/pp_12_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/85/pp_no13_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/86/pp_no14_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/90/pp_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/91/pp_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/92/pp_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/96/pp_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/97/pp_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/100/pp_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/101/pp_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/112/pp_no_23_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/102/pp_no_24_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/103/pp_no_25_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/114/pp_no_26_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/115/pp_no_27_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/119/pp_no_28_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/120/pp_no_29_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/121/pp_no_30_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/122/pp_no_31_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/123/pp_no_32_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/126/pp_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/128/pp_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/129/pp_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/130/pp_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/134/pp_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/137/pp_no_40_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/140/pp_no_41_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/145/pp_no_042_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/153/pp_no43_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/154/pp_no44_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/144/emenda_modificativa_012025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_emenda_a_lei_orcamentaria_anual_-_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/sapl/public/materialegislativa/2025/99/emenda_sup._01-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ipanema.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H96"/>
+  <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="181.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2208,1782 +2241,1834 @@
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H29" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>129</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
         <v>130</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H30" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D31" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E31" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="H31" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>136</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D32" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E32" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H32" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>139</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D33" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E33" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H33" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D34" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E34" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>143</v>
       </c>
       <c r="H34" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>145</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D35" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E35" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H35" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>148</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D36" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E36" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H36" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="E37" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D38" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E38" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F38" t="s">
         <v>22</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="H38" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D39" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E39" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H39" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>162</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D40" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E40" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>163</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="E41" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="F41" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H41" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D42" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F42" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="H42" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>175</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D43" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E43" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H43" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>178</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D44" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E44" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H44" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D45" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E45" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="H45" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D46" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E46" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H46" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>185</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D47" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E47" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H47" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>188</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D48" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E48" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H48" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>191</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D49" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="E49" t="s">
-        <v>171</v>
+        <v>193</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H49" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D50" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E50" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F50" t="s">
         <v>27</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H50" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>199</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="E51" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F51" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D52" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E52" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E53" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F53" t="s">
-        <v>209</v>
+        <v>27</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>210</v>
       </c>
       <c r="H53" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>212</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D54" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E54" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F54" t="s">
-        <v>27</v>
+        <v>213</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D55" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E55" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F55" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>217</v>
       </c>
       <c r="H55" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>219</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D56" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E56" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F56" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H56" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>222</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D57" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E57" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F57" t="s">
-        <v>205</v>
+        <v>61</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H57" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>225</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D58" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E58" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F58" t="s">
         <v>61</v>
       </c>
       <c r="G58" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H58" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D59" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E59" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F59" t="s">
         <v>61</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>23</v>
+        <v>228</v>
       </c>
       <c r="H59" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>230</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D60" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E60" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F60" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H60" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>233</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D61" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E61" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F61" t="s">
-        <v>32</v>
+        <v>206</v>
       </c>
       <c r="G61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H61" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>235</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>60</v>
+      </c>
+      <c r="D62" t="s">
+        <v>200</v>
+      </c>
+      <c r="E62" t="s">
+        <v>201</v>
+      </c>
+      <c r="F62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H62" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>238</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D63" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E63" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F63" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>239</v>
       </c>
       <c r="H63" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>241</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D64" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E64" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F64" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>242</v>
       </c>
       <c r="H64" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>244</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D65" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E65" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H65" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>247</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D66" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E66" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F66" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>248</v>
       </c>
       <c r="H66" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>250</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D67" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E67" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F67" t="s">
-        <v>27</v>
+        <v>251</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H67" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D68" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E68" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F68" t="s">
-        <v>254</v>
+        <v>61</v>
       </c>
       <c r="G68" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H68" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>256</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>90</v>
+      </c>
+      <c r="D69" t="s">
+        <v>200</v>
+      </c>
+      <c r="E69" t="s">
+        <v>201</v>
+      </c>
+      <c r="F69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>257</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
       <c r="H69" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>259</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D70" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E70" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F70" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>260</v>
       </c>
       <c r="H70" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>262</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D71" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E71" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F71" t="s">
-        <v>27</v>
+        <v>251</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H71" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>130</v>
+        <v>265</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D72" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E72" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F72" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H72" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D73" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E73" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F73" t="s">
-        <v>254</v>
+        <v>32</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H73" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D74" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E74" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F74" t="s">
-        <v>32</v>
+        <v>202</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D75" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E75" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F75" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H75" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D76" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E76" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F76" t="s">
-        <v>205</v>
+        <v>61</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D77" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E77" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F77" t="s">
         <v>61</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H77" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D78" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E78" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F78" t="s">
         <v>61</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H78" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>126</v>
+        <v>287</v>
       </c>
       <c r="D79" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E79" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F79" t="s">
-        <v>61</v>
+        <v>202</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="H79" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D80" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E80" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F80" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H80" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D81" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E81" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F81" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H81" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D82" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E82" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F82" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H82" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D83" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E83" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F83" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H83" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D84" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E84" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F84" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>306</v>
+        <v>23</v>
       </c>
       <c r="H84" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D85" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E85" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>202</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>23</v>
+        <v>311</v>
       </c>
       <c r="H85" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D86" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E86" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F86" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H86" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D87" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E87" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F87" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H87" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D88" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E88" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F88" t="s">
-        <v>205</v>
+        <v>32</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H88" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D89" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E89" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F89" t="s">
         <v>32</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H89" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D90" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E90" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F90" t="s">
-        <v>32</v>
+        <v>202</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H90" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D91" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E91" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F91" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H91" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D92" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E92" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F92" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H92" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>342</v>
       </c>
       <c r="D93" t="s">
-        <v>340</v>
+        <v>200</v>
       </c>
       <c r="E93" t="s">
-        <v>341</v>
+        <v>201</v>
       </c>
       <c r="F93" t="s">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H93" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="E94" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H94" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="E95" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F95" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H95" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>355</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" t="s">
+        <v>351</v>
+      </c>
+      <c r="E96" t="s">
         <v>352</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="F96" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H96" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>358</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>10</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" t="s">
+      <c r="D97" t="s">
+        <v>359</v>
+      </c>
+      <c r="E97" t="s">
+        <v>360</v>
+      </c>
+      <c r="F97" t="s">
         <v>27</v>
       </c>
-      <c r="G96" s="1" t="s">
+      <c r="G97" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H97" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>10</v>
+      </c>
+      <c r="D98" t="s">
+        <v>364</v>
+      </c>
+      <c r="E98" t="s">
+        <v>365</v>
+      </c>
+      <c r="F98" t="s">
+        <v>27</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="H96" t="s">
-        <v>355</v>
+      <c r="H98" t="s">
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4039,50 +4124,52 @@
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>